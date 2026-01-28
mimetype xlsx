--- v0 (2025-12-14)
+++ v1 (2026-01-28)
@@ -501,57 +501,57 @@
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>%</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Overview statistics</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>datasets</t>
         </is>
       </c>
       <c r="C2" t="n">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="D2" t="n">
         <v>0</v>
       </c>
       <c r="E2" t="n">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>0.0%</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>Number of datasets</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Overview statistics</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>series</t>
         </is>
       </c>
       <c r="C3" t="n">
         <v>0</v>
@@ -563,57 +563,57 @@
         <v>0</v>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>0%</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>Number of series</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Overview statistics</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>services</t>
         </is>
       </c>
       <c r="C4" t="n">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="D4" t="n">
         <v>1</v>
       </c>
       <c r="E4" t="n">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>0.4%</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>Number of services</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Metadata Validation – Dataset</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>MDi1.1</t>
         </is>
       </c>
       <c r="C5" t="n">
         <v>1</v>
@@ -636,135 +636,135 @@
           <t>MDi1.2</t>
         </is>
       </c>
       <c r="C6" t="n">
         <v>1</v>
       </c>
       <c r="F6" t="inlineStr"/>
       <c r="G6" t="inlineStr">
         <is>
           <t>Percentage of metadata for spatial data services conformant with Commission Regulation (EC) No 1205/2008 as regards metadata</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>DSi1.1</t>
         </is>
       </c>
       <c r="C7" t="n">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="F7" t="inlineStr"/>
       <c r="G7" t="inlineStr">
         <is>
           <t>The number of spatial data sets for which metadata exist</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>DSi1.2</t>
         </is>
       </c>
       <c r="C8" t="n">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="F8" t="inlineStr"/>
       <c r="G8" t="inlineStr">
         <is>
           <t>The number of spatial data services for which metadata exist</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>DSi1.3</t>
         </is>
       </c>
       <c r="C9" t="n">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F9" t="inlineStr"/>
       <c r="G9" t="inlineStr">
         <is>
           <t>The number of spatial data sets for which the metadata contains one or more keywords from a register provided by the Commission indicating that the spatial data set is used for reporting under the environmental legislation</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>DSi1.4</t>
         </is>
       </c>
       <c r="C10" t="n">
         <v>16</v>
       </c>
       <c r="F10" t="inlineStr"/>
       <c r="G10" t="inlineStr">
         <is>
           <t>The number of spatial data sets for which the metadata contains a keyword from a register provided by the Commission indicating that the spatial data set covers regional territory</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>DSi1.5</t>
         </is>
       </c>
       <c r="C11" t="n">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="F11" t="inlineStr"/>
       <c r="G11" t="inlineStr">
         <is>
           <t>The number of spatial data sets for which the metadata contains a keyword from a register provided by the Commission indicating that the spatial data set covers national territory</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Metadata Conformity</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>MDi1.1</t>
         </is>
       </c>
       <c r="C12" t="n">
         <v>1</v>
       </c>
       <c r="F12" t="inlineStr"/>
       <c r="G12" t="inlineStr">
         <is>
@@ -786,51 +786,51 @@
       <c r="C13" t="n">
         <v>1</v>
       </c>
       <c r="F13" t="inlineStr"/>
       <c r="G13" t="inlineStr">
         <is>
           <t>Percentage of metadata for spatial data services conformant with Commission Regulation (EC) No 1205/2008 as regards metadata</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Spatial Data Conformity</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>DSi2</t>
         </is>
       </c>
       <c r="C14" t="n">
         <v>1</v>
       </c>
       <c r="D14" t="n">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="E14" t="n">
         <v>0</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>Percentage of spatial data sets that are in conformity with Commission Regulation (EU) No 1089/2010 as regards interoperability of spatial data sets</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Spatial Data Conformity</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>DSi2.1</t>
         </is>
@@ -848,206 +848,206 @@
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
           <t>Percentage of spatial data sets, corresponding to the themes listed in Annex I, that are in conformity with Commission Regulation (EU) No 1089/2010 as regards interoperability of spatial data sets</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Spatial Data Conformity</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>DSi2.2</t>
         </is>
       </c>
       <c r="C16" t="n">
         <v>1</v>
       </c>
       <c r="D16" t="n">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="E16" t="n">
         <v>0</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
           <t>Percentage of spatial data sets, corresponding to the themes listed in Annex II, that are in conformity with Commission Regulation (EU) No 1089/2010 as regards interoperability of spatial data sets</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Spatial Data Conformity</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>DSi2.3</t>
         </is>
       </c>
       <c r="C17" t="n">
         <v>1</v>
       </c>
       <c r="D17" t="n">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E17" t="n">
         <v>0</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t>Percentage of spatial data sets, corresponding to the themes listed in Annex III, that are in conformity with Commission Regulation (EU) No 1089/2010 as regards interoperability of spatial data sets</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Accessibility of Services</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>NSi2</t>
         </is>
       </c>
       <c r="C18" t="n">
-        <v>0.885</v>
+        <v>0.891</v>
       </c>
       <c r="D18" t="n">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="E18" t="n">
         <v>17</v>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>88.5%</t>
+          <t>89.1%</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
           <t>The percentage of spatial data sets that are accessible through view and the download services</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Accessibility of Services</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>NSi2.1</t>
         </is>
       </c>
       <c r="C19" t="n">
-        <v>0.885</v>
+        <v>0.891</v>
       </c>
       <c r="D19" t="n">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="E19" t="n">
         <v>17</v>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>88.5%</t>
+          <t>89.1%</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
           <t>The percentage of spatial data sets that are accessible through view services</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Accessibility of Services</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>NSi2.2</t>
         </is>
       </c>
       <c r="C20" t="n">
-        <v>0.885</v>
+        <v>0.891</v>
       </c>
       <c r="D20" t="n">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="E20" t="n">
         <v>17</v>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>88.5%</t>
+          <t>89.1%</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>The percentage of spatial data sets that are accessible through download services</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>NSi4</t>
         </is>
       </c>
       <c r="C21" t="n">
         <v>1</v>
       </c>
       <c r="D21" t="n">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="E21" t="n">
         <v>0</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>Percentage of the network services that are in conformity with Commission Regulation (EC) No 976/2009 as regards the Network Services</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>NSi4.1</t>
         </is>
@@ -1096,51 +1096,51 @@
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>Percentage of the view services that are in conformity with Commission Regulation (EC) No 976/2009 as regards the Network Services</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>NSi4.3</t>
         </is>
       </c>
       <c r="C24" t="n">
         <v>1</v>
       </c>
       <c r="D24" t="n">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E24" t="n">
         <v>0</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
           <t>Percentage of the download services that are in conformity with Commission Regulation (EC) No 976/2009 as regards the Network Services</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>NSi4.4</t>
         </is>