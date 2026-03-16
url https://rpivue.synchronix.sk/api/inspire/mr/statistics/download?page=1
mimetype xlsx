--- v1 (2026-01-28)
+++ v2 (2026-03-16)
@@ -563,61 +563,61 @@
         <v>0</v>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>0%</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>Number of series</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Overview statistics</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>services</t>
         </is>
       </c>
       <c r="C4" t="n">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D4" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E4" t="n">
         <v>262</v>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>0.4%</t>
+          <t>0.8%</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>Number of services</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Metadata Validation – Dataset</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>MDi1.1</t>
         </is>
       </c>
       <c r="C5" t="n">
         <v>1</v>
       </c>
       <c r="F5" t="inlineStr"/>
       <c r="G5" t="inlineStr">
         <is>
@@ -657,51 +657,51 @@
           <t>DSi1.1</t>
         </is>
       </c>
       <c r="C7" t="n">
         <v>156</v>
       </c>
       <c r="F7" t="inlineStr"/>
       <c r="G7" t="inlineStr">
         <is>
           <t>The number of spatial data sets for which metadata exist</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>DSi1.2</t>
         </is>
       </c>
       <c r="C8" t="n">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F8" t="inlineStr"/>
       <c r="G8" t="inlineStr">
         <is>
           <t>The number of spatial data services for which metadata exist</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>DSi1.3</t>
         </is>
       </c>
       <c r="C9" t="n">
         <v>57</v>
       </c>
       <c r="F9" t="inlineStr"/>
       <c r="G9" t="inlineStr">
         <is>
@@ -1003,51 +1003,51 @@
         <is>
           <t>89.1%</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>The percentage of spatial data sets that are accessible through download services</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>NSi4</t>
         </is>
       </c>
       <c r="C21" t="n">
         <v>1</v>
       </c>
       <c r="D21" t="n">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E21" t="n">
         <v>0</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>Percentage of the network services that are in conformity with Commission Regulation (EC) No 976/2009 as regards the Network Services</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>NSi4.1</t>
         </is>
@@ -1096,51 +1096,51 @@
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>Percentage of the view services that are in conformity with Commission Regulation (EC) No 976/2009 as regards the Network Services</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>NSi4.3</t>
         </is>
       </c>
       <c r="C24" t="n">
         <v>1</v>
       </c>
       <c r="D24" t="n">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E24" t="n">
         <v>0</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
           <t>Percentage of the download services that are in conformity with Commission Regulation (EC) No 976/2009 as regards the Network Services</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>NSi4.4</t>
         </is>